--- v0 (2025-10-07)
+++ v1 (2026-02-10)
@@ -420,102 +420,68 @@
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002175CA" w:rsidRPr="00483871" w14:paraId="2ED26D1E" w14:textId="77777777" w:rsidTr="00452847">
         <w:trPr>
           <w:trHeight w:val="758"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1450" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E21C927" w14:textId="28183D75" w:rsidR="002175CA" w:rsidRPr="00483871" w:rsidRDefault="00406725">
+          <w:p w14:paraId="7E21C927" w14:textId="665A10B0" w:rsidR="002175CA" w:rsidRPr="00483871" w:rsidRDefault="001C6EA0">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve">April </w:t>
+              <w:t>April 2025</w:t>
             </w:r>
-            <w:r w:rsidR="00C4577E">
-[...31 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3550" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
             <w:tcMar>
               <w:left w:w="216" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="712EE349" w14:textId="77777777" w:rsidR="002175CA" w:rsidRPr="00483871" w:rsidRDefault="002175CA" w:rsidP="00FA4518">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
@@ -582,92 +548,106 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="39475EAD" w14:textId="77777777" w:rsidR="00692B0F" w:rsidRDefault="00692B0F" w:rsidP="00692B0F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35396E2B" w14:textId="17C16EBC" w:rsidR="002175CA" w:rsidRPr="001C4065" w:rsidRDefault="00BB13F0" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="246A9FD7" w14:textId="19393FF1" w:rsidR="00627C06" w:rsidRPr="00A352BF" w:rsidRDefault="00984052" w:rsidP="006C059B">
+    <w:p w14:paraId="246A9FD7" w14:textId="2700C2DC" w:rsidR="00627C06" w:rsidRPr="00A352BF" w:rsidRDefault="00984052" w:rsidP="006C059B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>The University of Strathcl</w:t>
       </w:r>
       <w:r w:rsidR="00BB13F0" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidR="00BB13F0" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">uses </w:t>
       </w:r>
       <w:r w:rsidR="00061A9C" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>video surveillance equipment within its business premises and the external areas of the University campus.  The main system</w:t>
+        <w:t>video surveillance equipment within its business premises and the external areas of the University campus</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00061A9C" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>The main system</w:t>
       </w:r>
       <w:r w:rsidR="00B96E73" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00061A9C" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> used are </w:t>
       </w:r>
       <w:r w:rsidR="00BB13F0" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>closed circuit television (CCTV)</w:t>
       </w:r>
       <w:r w:rsidR="00B96E73" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
@@ -702,93 +682,121 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be understood to include other </w:t>
       </w:r>
       <w:r w:rsidR="00061A9C" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">‘video surveillance’ </w:t>
       </w:r>
       <w:r w:rsidR="00B96E73" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>or other image recording systems the University may employ for the same purposes</w:t>
       </w:r>
       <w:r w:rsidR="006D3335" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (as set out below), </w:t>
       </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
       <w:r w:rsidR="00B96E73" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">e.g. Automatic Number Plate Recognition (ANPR).  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3F42B339" w14:textId="174AE44A" w:rsidR="00A352BF" w:rsidRPr="00A352BF" w:rsidRDefault="00D12665" w:rsidP="00A352BF">
+        <w:t xml:space="preserve"> Automatic Number Plate Recognition (ANPR)</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F42B339" w14:textId="2F5D666D" w:rsidR="00A352BF" w:rsidRPr="00A352BF" w:rsidRDefault="00D12665" w:rsidP="00A352BF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The University aims to operate CCTV in a proportionate manner, which </w:t>
       </w:r>
       <w:r w:rsidR="00A46EB7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>considers</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the privacy rights of individuals. </w:t>
       </w:r>
       <w:r w:rsidR="00A352BF" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Recorded CCTV images of identifiable individuals are personal data and must be processed in accordance with data protection legislation and the University’s Data Protection Policy.  This policy outlines how the University employs CCTV and how it meets its legal obligations. </w:t>
+        <w:t>Recorded CCTV images of identifiable individuals are personal data and must be processed in accordance with data protection legislation and the University’s Data Protection Policy</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A352BF" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This policy outlines how the University employs CCTV and how it meets its legal obligations. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17244F72" w14:textId="20254A95" w:rsidR="00D12665" w:rsidRPr="00D12665" w:rsidRDefault="00D12665" w:rsidP="00D12665">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D12665">
         <w:t>PUrposes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0498C388" w14:textId="39F18BAA" w:rsidR="006C059B" w:rsidRPr="00A352BF" w:rsidRDefault="006C059B" w:rsidP="006C059B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
@@ -1027,148 +1035,197 @@
         </w:rPr>
         <w:t>estate</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, including traffic management/car parking</w:t>
       </w:r>
       <w:r w:rsidR="00EA7B3E" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00A352BF" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47EFB7D9" w14:textId="09001ECF" w:rsidR="006C059B" w:rsidRPr="00A352BF" w:rsidRDefault="006C2284" w:rsidP="00A352BF">
+    <w:p w14:paraId="47EFB7D9" w14:textId="76415F19" w:rsidR="006C059B" w:rsidRPr="00A352BF" w:rsidRDefault="006C2284" w:rsidP="00A352BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">to assist </w:t>
       </w:r>
       <w:r w:rsidR="006C059B" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">with </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the investigation of </w:t>
       </w:r>
       <w:r w:rsidR="00A46EB7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>university</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> regulations, policies and procedures.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0E10027D" w14:textId="53A825AA" w:rsidR="005452C0" w:rsidRPr="00A352BF" w:rsidRDefault="005452C0" w:rsidP="005452C0">
+        <w:t xml:space="preserve"> regulations, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>policies,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E10027D" w14:textId="64FEF601" w:rsidR="005452C0" w:rsidRPr="00A352BF" w:rsidRDefault="005452C0" w:rsidP="005452C0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Any CCTV or video surveillance system </w:t>
       </w:r>
       <w:r w:rsidR="00B50C24" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">used anywhere on the University campus </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>which is used for these purposes is covered by</w:t>
       </w:r>
       <w:r w:rsidR="003F0A00" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> this policy</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A352BF" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Associated purposes for the use of CCTV may apply, depending on the specific circumstances, e.g. defending the University against claims made against it.  These will be considered on a case-by-case basis, to ensure consistency with this policy and applicable legislation.  </w:t>
+        <w:t xml:space="preserve">Associated purposes for the use of CCTV may apply, depending on the specific circumstances, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A352BF" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> defending the University against claims made against it</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A352BF" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>These will be considered on a case-by-case basis, to ensure consistency with this policy and applicable legislation</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ABF00E2" w14:textId="058F3077" w:rsidR="00361D27" w:rsidRPr="00361D27" w:rsidRDefault="00D05EC2" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc25333101"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>SCOPE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00ABEAA9" w14:textId="5E5FB8C4" w:rsidR="00DB4939" w:rsidRPr="00A352BF" w:rsidRDefault="00361D27" w:rsidP="00361D27">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
@@ -1188,51 +1245,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> on its estate </w:t>
       </w:r>
       <w:r w:rsidR="00423F55" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>for the purposes set out above</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24D30DDE" w14:textId="77777777" w:rsidR="00DB4939" w:rsidRPr="00A352BF" w:rsidRDefault="00DB4939" w:rsidP="00361D27">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="068CA2EE" w14:textId="1B5619E5" w:rsidR="00361D27" w:rsidRPr="00A352BF" w:rsidRDefault="00DB4939" w:rsidP="00361D27">
+    <w:p w14:paraId="068CA2EE" w14:textId="739CC8E1" w:rsidR="00361D27" w:rsidRPr="00A352BF" w:rsidRDefault="00DB4939" w:rsidP="00361D27">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The University estate includes </w:t>
       </w:r>
       <w:r w:rsidR="008E2C95" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00F2595D" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>main University campus</w:t>
       </w:r>
@@ -1307,110 +1364,135 @@
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00361D27" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">laying </w:t>
       </w:r>
       <w:r w:rsidR="005B5528" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00361D27" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ields.  </w:t>
+        <w:t>ields</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FE26F77" w14:textId="77777777" w:rsidR="00361D27" w:rsidRPr="00A352BF" w:rsidRDefault="00361D27" w:rsidP="00C012AE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35B6FBE3" w14:textId="4DDF0A57" w:rsidR="00C11247" w:rsidRPr="00A352BF" w:rsidRDefault="00361D27" w:rsidP="00C012AE">
+    <w:p w14:paraId="35B6FBE3" w14:textId="78ECEE9D" w:rsidR="00C11247" w:rsidRPr="00A352BF" w:rsidRDefault="00361D27" w:rsidP="00C012AE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The policy </w:t>
       </w:r>
       <w:r w:rsidR="00D05EC2" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">applies to all staff, contractors and any other individuals authorised by the University to </w:t>
       </w:r>
       <w:r w:rsidR="00C11247" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">manage, maintain, support or view CCTV </w:t>
       </w:r>
       <w:r w:rsidR="008E2C95" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>systems, equipment</w:t>
+        <w:t xml:space="preserve">systems, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>equipment,</w:t>
       </w:r>
       <w:r w:rsidR="00C11247" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and/or images.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> It</w:t>
       </w:r>
       <w:r w:rsidR="00C11247" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is also relevant to staff, students, contractors, visitors and members of the public who may be recorded </w:t>
+        <w:t xml:space="preserve"> is also relevant to staff, students, contractors, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>visitors,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C11247" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and members of the public who may be recorded </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r w:rsidR="00C11247" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">CCTV. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D356F4" w14:textId="41C10436" w:rsidR="00D05EC2" w:rsidRDefault="00C11247" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>roles and responsibilities</w:t>
       </w:r>
@@ -1610,69 +1692,81 @@
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A6DDD3A" w14:textId="188CDE56" w:rsidR="008D6AD7" w:rsidRPr="00A352BF" w:rsidRDefault="008D6AD7" w:rsidP="008D6AD7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Security Supervisors</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221DF993" w14:textId="61F03C1F" w:rsidR="008D6AD7" w:rsidRPr="00A352BF" w:rsidRDefault="008D6AD7" w:rsidP="003A0770">
+    <w:p w14:paraId="221DF993" w14:textId="55EDBF11" w:rsidR="008D6AD7" w:rsidRPr="00A352BF" w:rsidRDefault="008D6AD7" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">will undertake regular checks to ensure procedural compliance, e.g. on a weekly </w:t>
+        <w:t xml:space="preserve">will undertake regular checks to ensure procedural compliance, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on a weekly </w:t>
       </w:r>
       <w:r w:rsidR="00A46EB7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>basis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D49235D" w14:textId="7B1CA537" w:rsidR="008D6AD7" w:rsidRPr="00A352BF" w:rsidRDefault="008D6AD7" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -1683,103 +1777,123 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="283550A6" w14:textId="6BAFCEC3" w:rsidR="008D6AD7" w:rsidRPr="00A352BF" w:rsidRDefault="008D6AD7" w:rsidP="00B92CBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">direct staff to complete training, where appropriate. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="047B42F8" w14:textId="7C78E403" w:rsidR="00C11247" w:rsidRPr="00A352BF" w:rsidRDefault="00944AAC" w:rsidP="000F4E6D">
+    <w:p w14:paraId="047B42F8" w14:textId="4F25FC5C" w:rsidR="00C11247" w:rsidRPr="00A352BF" w:rsidRDefault="00944AAC" w:rsidP="000F4E6D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Security Services staff and any other staff/individuals </w:t>
       </w:r>
       <w:r w:rsidR="000F4E6D" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>who operate, manage or process images from CCTV</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> systems</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7968D574" w14:textId="12DA0BF6" w:rsidR="008D6AD7" w:rsidRPr="00A352BF" w:rsidRDefault="000F4E6D" w:rsidP="003A0770">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>systems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7968D574" w14:textId="2F3C162C" w:rsidR="008D6AD7" w:rsidRPr="00A352BF" w:rsidRDefault="000F4E6D" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">must </w:t>
       </w:r>
       <w:r w:rsidR="008D6AD7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">be aware of all relevant policies, procedures, guidance and codes of </w:t>
+        <w:t xml:space="preserve">be aware of all relevant policies, procedures, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>guidance,</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6AD7" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and codes of </w:t>
       </w:r>
       <w:r w:rsidR="00A46EB7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>practice.</w:t>
       </w:r>
       <w:r w:rsidR="008D6AD7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C6632F3" w14:textId="21725366" w:rsidR="00DA7CC3" w:rsidRPr="00A352BF" w:rsidRDefault="008D6AD7" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -1827,273 +1941,317 @@
       </w:r>
       <w:r w:rsidR="000F4E6D" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F67DEFA" w14:textId="44D04B1D" w:rsidR="00714F69" w:rsidRPr="00A352BF" w:rsidRDefault="005C37AA" w:rsidP="000F4E6D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>CCTV not managed by Security Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5075903A" w14:textId="03F22B6F" w:rsidR="0028056A" w:rsidRPr="00A352BF" w:rsidRDefault="0028056A" w:rsidP="00944AAC">
+    <w:p w14:paraId="5075903A" w14:textId="22F376BD" w:rsidR="0028056A" w:rsidRPr="00A352BF" w:rsidRDefault="0028056A" w:rsidP="00944AAC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In some locations CCTV is not managed by </w:t>
       </w:r>
       <w:r w:rsidR="008E2C95" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Security </w:t>
       </w:r>
       <w:r w:rsidR="000F4E6D" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Services, </w:t>
       </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
       <w:r w:rsidR="005C37AA" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>e.g. in some satellite locations</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">.  In such locations, the most senior member of staff </w:t>
+        <w:t xml:space="preserve"> in some satellite locations</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In such locations, the most senior member of staff </w:t>
       </w:r>
       <w:r w:rsidR="008474AC" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>or delegate (with responsibility for CCTV)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> must ensure that: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D87F90D" w14:textId="744A5737" w:rsidR="0028056A" w:rsidRPr="00A352BF" w:rsidRDefault="0028056A" w:rsidP="0028056A">
+    <w:p w14:paraId="2D87F90D" w14:textId="1BEBEDFB" w:rsidR="0028056A" w:rsidRPr="00A352BF" w:rsidRDefault="001C6EA0" w:rsidP="0028056A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>appropriate contractual clauses are in place with any organisations providing ser</w:t>
+        <w:t>Appropriate</w:t>
+      </w:r>
+      <w:r w:rsidR="0028056A" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contractual clauses are in place with any organisations providing ser</w:t>
       </w:r>
       <w:r w:rsidR="00D223AD" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>vic</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A352BF">
+      <w:r w:rsidR="0028056A" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">es </w:t>
       </w:r>
       <w:r w:rsidR="00D223AD" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">to the University </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A352BF">
+      <w:r w:rsidR="0028056A" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>relating to CCTV</w:t>
       </w:r>
       <w:r w:rsidR="008474AC" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and they are made aware of this policy and the requirement to comply with </w:t>
       </w:r>
       <w:r w:rsidR="00A46EB7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>it.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6036F1C3" w14:textId="2FF53024" w:rsidR="0028056A" w:rsidRPr="00A352BF" w:rsidRDefault="0028056A" w:rsidP="0028056A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">an appropriate individual is delegated authority to manage CCTV on a </w:t>
       </w:r>
       <w:r w:rsidR="00A46EB7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>day-to-day</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> basis; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F0E1BFE" w14:textId="5B21D36E" w:rsidR="0028056A" w:rsidRPr="00A352BF" w:rsidRDefault="00D223AD" w:rsidP="0028056A">
+    <w:p w14:paraId="5F0E1BFE" w14:textId="4F716821" w:rsidR="0028056A" w:rsidRPr="00A352BF" w:rsidRDefault="00D223AD" w:rsidP="0028056A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">appropriate staffing is in place to manage </w:t>
       </w:r>
       <w:r w:rsidR="00A46EB7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>CCTV,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="0028056A" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">adequate training is provided to </w:t>
+        <w:t xml:space="preserve">adequate training is provided </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="0028056A" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>those staff in relation to their obligations</w:t>
       </w:r>
       <w:r w:rsidR="008474AC" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0028056A" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F3FF83D" w14:textId="3ACB6DCA" w:rsidR="00944AAC" w:rsidRPr="00A352BF" w:rsidRDefault="00D223AD" w:rsidP="0028056A">
-[...12 lines deleted...]
-    <w:p w14:paraId="5DD48A7F" w14:textId="78BF56E8" w:rsidR="00D2338A" w:rsidRPr="00A352BF" w:rsidRDefault="00D2338A">
+    <w:p w14:paraId="7F3FF83D" w14:textId="498A5FBB" w:rsidR="00944AAC" w:rsidRPr="00A352BF" w:rsidRDefault="00D223AD" w:rsidP="0028056A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>in accordance with this policy</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD48A7F" w14:textId="00CEA81B" w:rsidR="00D2338A" w:rsidRPr="00A352BF" w:rsidRDefault="00D2338A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Service providers</w:t>
       </w:r>
       <w:r w:rsidR="00303792" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>/contractors</w:t>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>contractors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30FF9AF7" w14:textId="07A3E575" w:rsidR="00944AAC" w:rsidRPr="00A352BF" w:rsidRDefault="007854B6" w:rsidP="00944AAC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00D2338A" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">hird parties </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">who </w:t>
@@ -2143,143 +2301,155 @@
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30E3C11F" w14:textId="59F34C73" w:rsidR="007854B6" w:rsidRPr="00A352BF" w:rsidRDefault="007854B6" w:rsidP="007854B6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>make sure that their staff are aware of their obligations, are adequately trained and made aware of this policy; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9B6AEC" w14:textId="3F3175E8" w:rsidR="00B92CBB" w:rsidRPr="00A352BF" w:rsidRDefault="007854B6" w:rsidP="007854B6">
+    <w:p w14:paraId="6F9B6AEC" w14:textId="75F6EE0A" w:rsidR="00B92CBB" w:rsidRPr="00A352BF" w:rsidRDefault="001C6EA0" w:rsidP="007854B6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>otherwise only act in accordance with their contractual obligations.</w:t>
+        <w:t>Otherwise</w:t>
+      </w:r>
+      <w:r w:rsidR="007854B6" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only act in accordance with their contractual obligations.</w:t>
       </w:r>
       <w:r w:rsidR="00B92CBB" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="506187E2" w14:textId="59BAB4AC" w:rsidR="00654CE4" w:rsidRPr="00A352BF" w:rsidRDefault="0086235E" w:rsidP="000F4E6D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Information Governance Unit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A4F1DA0" w14:textId="40DF9F45" w:rsidR="0086235E" w:rsidRPr="00A352BF" w:rsidRDefault="00944AAC" w:rsidP="003A0770">
+    <w:p w14:paraId="5A4F1DA0" w14:textId="519D0F53" w:rsidR="0086235E" w:rsidRPr="00A352BF" w:rsidRDefault="00944AAC" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00654CE4" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>s responsible for</w:t>
       </w:r>
       <w:r w:rsidR="0086235E" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00714F69" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">responding to </w:t>
       </w:r>
       <w:r w:rsidR="0086235E" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">all requests from individuals </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">relating to their rights </w:t>
       </w:r>
       <w:r w:rsidR="0086235E" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">under data protection legislation.  </w:t>
+        <w:t>under data protection legislation</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DDB6836" w14:textId="3D9C146A" w:rsidR="002175CA" w:rsidRPr="001C4065" w:rsidRDefault="00AD2488" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SYSTEM and </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="000F4E6D">
         <w:t>operation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76895F14" w14:textId="67950289" w:rsidR="005C37AA" w:rsidRPr="00A352BF" w:rsidRDefault="00E92E5F" w:rsidP="00C012AE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -2377,196 +2547,187 @@
     </w:p>
     <w:p w14:paraId="453B3676" w14:textId="78CD44B5" w:rsidR="00D4600B" w:rsidRPr="00A352BF" w:rsidRDefault="00D4600B" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The system comprises </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">internal cameras within </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> buildings monitoring both public and secure areas.</w:t>
+        <w:t>internal cameras within University buildings monitoring both public and secure areas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75D1CFFB" w14:textId="24567770" w:rsidR="00D4600B" w:rsidRPr="00A352BF" w:rsidRDefault="00D4600B" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">There are also cameras covering external areas of </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> premises, including “streetscape” cameras covering the John Anderson Campus. </w:t>
+        <w:t xml:space="preserve">There are also cameras covering external areas of University premises, including “streetscape” cameras covering the John Anderson Campus. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42B9653B" w14:textId="307F488A" w:rsidR="00D4600B" w:rsidRPr="00A352BF" w:rsidRDefault="00D4600B" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Cameras are positioned in a manner that recognises the security risks associated with each specific location</w:t>
       </w:r>
       <w:r w:rsidR="00E02407" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">; surveillance should not occur in areas where no security risk has been identified. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49DCBFD0" w14:textId="34B77C09" w:rsidR="00712105" w:rsidRPr="00A352BF" w:rsidRDefault="00712105" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Cameras do not record sound.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E207793" w14:textId="2A85A091" w:rsidR="00E92E5F" w:rsidRPr="00A352BF" w:rsidRDefault="00E92E5F" w:rsidP="003A0770">
+    <w:p w14:paraId="4E207793" w14:textId="178F73F7" w:rsidR="00E92E5F" w:rsidRPr="00A352BF" w:rsidRDefault="00E92E5F" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>CCTV does not include areas where there is an expectation of increased privacy, e.g. changing rooms or toilet areas</w:t>
+        <w:t xml:space="preserve">CCTV does not include areas where there is an expectation of increased privacy, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> changing rooms or toilet areas</w:t>
       </w:r>
       <w:r w:rsidR="00D4600B" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D322889" w14:textId="40A43004" w:rsidR="00E92E5F" w:rsidRPr="00A352BF" w:rsidRDefault="00E92E5F" w:rsidP="003A0770">
+    <w:p w14:paraId="0D322889" w14:textId="6C3203F1" w:rsidR="00E92E5F" w:rsidRPr="00A352BF" w:rsidRDefault="00E92E5F" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Only suitably trained staff are authorised to operate the equipment.   </w:t>
+        <w:t>Only suitably trained staff are authorised to operate the equipment</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17A3688B" w14:textId="30BF098E" w:rsidR="005C37AA" w:rsidRPr="00A352BF" w:rsidRDefault="005C37AA" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Misuse of surveillance system information </w:t>
       </w:r>
       <w:r w:rsidR="00712105" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">will be considered under relevant disciplinary processes and </w:t>
@@ -2671,98 +2832,170 @@
         </w:rPr>
         <w:t xml:space="preserve">University’s Security Services team </w:t>
       </w:r>
       <w:r w:rsidR="001F6C2E" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>should be</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> managed in</w:t>
       </w:r>
       <w:r w:rsidR="007854B6" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> line with this policy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07216CA2" w14:textId="4608A156" w:rsidR="000C43FB" w:rsidRPr="00A352BF" w:rsidRDefault="000C43FB" w:rsidP="00EF5C68">
+    <w:p w14:paraId="07216CA2" w14:textId="45E875F4" w:rsidR="000C43FB" w:rsidRPr="00A352BF" w:rsidRDefault="000C43FB" w:rsidP="00EF5C68">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Any additional/increased use of CCTV must be discussed with the Head of Security Services in advance.  Privacy risks must be considered/addressed in advance through appropriate data protection assessments.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4630153C" w14:textId="13932299" w:rsidR="000C43FB" w:rsidRPr="00A352BF" w:rsidRDefault="000C43FB" w:rsidP="00EF5C68">
+        <w:t>Any additional/increased use of CCTV must be discussed with the Head of Security Services in advance</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Privacy risks must be considered/addressed in advance through appropriate data protection assessments.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4630153C" w14:textId="6F049446" w:rsidR="000C43FB" w:rsidRPr="00A352BF" w:rsidRDefault="000C43FB" w:rsidP="00EF5C68">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Covert recording is not standard practice in the University.  Any such request must be based on substantial evidence of the need and intended benefit.  A request to undertake covert re</w:t>
+        <w:t>Covert recording is not standard practice in the University</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Any such request must be based on substantial evidence of the need and intended benefit</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>A request to undertake covert re</w:t>
       </w:r>
       <w:r w:rsidR="00A4373E" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>cord</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ing must be discussed with the Head of Security Services, Data Protection Officer and relevant senior officers in the University in advance.  Relevant legislation, guidance and codes of practice must be </w:t>
+        <w:t xml:space="preserve">ing must be discussed with the Head of Security Services, Data Protection </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Officer,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and relevant senior officers in the University in advance</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Relevant legislation, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>guidance,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and codes of practice must be </w:t>
       </w:r>
       <w:r w:rsidR="00026377" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>considered</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56BB2030" w14:textId="3F3FC2CB" w:rsidR="00E66DDE" w:rsidRPr="00A352BF" w:rsidRDefault="00E66DDE" w:rsidP="00E66DDE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -2778,167 +3011,209 @@
     <w:p w14:paraId="2341CE62" w14:textId="5809EF31" w:rsidR="00E66DDE" w:rsidRPr="00A352BF" w:rsidRDefault="00E66DDE" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Access to CCTV control rooms is limited and audited. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C69C907" w14:textId="06FF833F" w:rsidR="00E66DDE" w:rsidRPr="00A352BF" w:rsidRDefault="00E66DDE" w:rsidP="003A0770">
+    <w:p w14:paraId="7C69C907" w14:textId="126DD0CA" w:rsidR="00E66DDE" w:rsidRPr="00A352BF" w:rsidRDefault="00E66DDE" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Only authorised </w:t>
       </w:r>
       <w:r w:rsidR="00F46780" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>individuals</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will be permitted to view images, this can include technical staff and contractors responsible for system maintenance and repair.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="22B3F99B" w14:textId="4BE469AA" w:rsidR="00E66DDE" w:rsidRPr="00A352BF" w:rsidRDefault="00E66DDE" w:rsidP="003A0770">
+        <w:t xml:space="preserve"> will be permitted to view </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>images;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this can include technical staff and contractors responsible for system maintenance and repair.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B3F99B" w14:textId="13D86350" w:rsidR="00E66DDE" w:rsidRPr="00A352BF" w:rsidRDefault="00E66DDE" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Each team member operating </w:t>
       </w:r>
       <w:r w:rsidR="00712105" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>CCTV system will have their own log in credentials to access the system and its data.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0C20A98F" w14:textId="7C735CDF" w:rsidR="00E66DDE" w:rsidRPr="00A352BF" w:rsidRDefault="00E66DDE" w:rsidP="003A0770">
+        <w:t xml:space="preserve">CCTV system will have their own </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>log-in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> credentials to access the system and its data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C20A98F" w14:textId="33DCA4B2" w:rsidR="00E66DDE" w:rsidRPr="00A352BF" w:rsidRDefault="00E66DDE" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Authorisation to view images may be extended to other staff </w:t>
       </w:r>
       <w:r w:rsidR="00A46EB7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>out with</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Security Services</w:t>
       </w:r>
       <w:r w:rsidR="00F46780" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>/staff who directly manage and operate CCTV systems</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, e.g. staff charged with internal investigations or managing requests made under legislative rights/powers. </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> staff charged with internal investigations or managing requests made under legislative rights/powers. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D1BE885" w14:textId="0EC2DA6B" w:rsidR="00E66DDE" w:rsidRPr="00A352BF" w:rsidRDefault="00F46780" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Viewing/reviewing of any images must be undertaken</w:t>
       </w:r>
       <w:r w:rsidR="00712105" w:rsidRPr="00A352BF">
@@ -2962,145 +3237,194 @@
         </w:rPr>
         <w:t>out with</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the view of unauthorised individual</w:t>
       </w:r>
       <w:r w:rsidR="00712105" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5A5F7C" w14:textId="2C4967C9" w:rsidR="00F46780" w:rsidRPr="00A352BF" w:rsidRDefault="00F46780" w:rsidP="003A0770">
+    <w:p w14:paraId="1F5A5F7C" w14:textId="025AACBA" w:rsidR="00F46780" w:rsidRPr="00A352BF" w:rsidRDefault="00F46780" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Any images downloaded and or produced from the system must be managed, transmitted and stored in a way that ensure</w:t>
+        <w:t xml:space="preserve">Any images downloaded and or produced from the system must be managed, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>transmitted,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and stored in a way that ensure</w:t>
       </w:r>
       <w:r w:rsidR="00712105" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the ongoing integrity, availability and confidentiality of those images.  </w:t>
+        <w:t xml:space="preserve"> the ongoing integrity, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>availability,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and confidentiality of those images</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5569260B" w14:textId="5200E7B2" w:rsidR="008961DA" w:rsidRPr="00A352BF" w:rsidRDefault="008961DA" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Data shall, </w:t>
       </w:r>
       <w:r w:rsidR="00A46EB7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>always</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, be protected by appropriate technical measures. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19FEB9EA" w14:textId="38BB6FFB" w:rsidR="008961DA" w:rsidRPr="00A352BF" w:rsidRDefault="008961DA" w:rsidP="003A0770">
+    <w:p w14:paraId="19FEB9EA" w14:textId="4A604CD4" w:rsidR="008961DA" w:rsidRPr="00A352BF" w:rsidRDefault="008961DA" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Internal requests for access to CCTV images shall be directed to the </w:t>
+        <w:t xml:space="preserve">Internal requests for access to CCTV images </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be directed to the </w:t>
       </w:r>
       <w:r w:rsidR="00026377" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Head of </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Security. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="640508C1" w14:textId="77777777" w:rsidR="00E66DDE" w:rsidRPr="00C012AE" w:rsidRDefault="00E66DDE" w:rsidP="00C012AE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3124,355 +3448,447 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C012AE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Signage</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> and transparency</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6413C70E" w14:textId="456537C1" w:rsidR="001E24DE" w:rsidRPr="00A352BF" w:rsidRDefault="001E24DE" w:rsidP="001E24DE">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">The University must alert individuals to the operation of CCTV.  </w:t>
+    <w:p w14:paraId="6413C70E" w14:textId="18E27D17" w:rsidR="001E24DE" w:rsidRPr="00A352BF" w:rsidRDefault="001E24DE" w:rsidP="001E24DE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>The University must alert individuals to the operation of CCTV</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0030018B" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">This includes the provision of signage alerting individuals to the operation of CCTV </w:t>
       </w:r>
       <w:r w:rsidR="008961DA" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">where cameras are recording </w:t>
       </w:r>
       <w:r w:rsidR="0030018B" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">and relevant details about the system operator.  </w:t>
+        <w:t>and relevant details about the system operator</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008961DA" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="0030018B" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>urther information</w:t>
       </w:r>
       <w:r w:rsidR="008961DA" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00712105" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">about the use of CCTV is provided in </w:t>
       </w:r>
       <w:r w:rsidR="0030018B" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>this policy and in applicable CCTV privacy notices.</w:t>
+        <w:t xml:space="preserve">this policy and in </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>CCTV privacy notices applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="0030018B" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="219C8A3C" w14:textId="5B899DC5" w:rsidR="002175CA" w:rsidRDefault="00212100" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Disclosure</w:t>
       </w:r>
       <w:r w:rsidR="009008DC">
         <w:t xml:space="preserve"> of CCTV IMAGES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78F78BAD" w14:textId="029BC6BF" w:rsidR="003955CF" w:rsidRPr="00A352BF" w:rsidRDefault="003955CF" w:rsidP="001B62E9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Subject Access Requests </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD6D29E" w14:textId="0B93A17B" w:rsidR="003955CF" w:rsidRPr="00A352BF" w:rsidRDefault="003955CF" w:rsidP="001B62E9">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Individuals have a right under data protection legislation to request access to their own personal data (a Subject Access Request).  This can include CCTV images.  Any Subject Access Requests should be forwarded to the Information Governance </w:t>
+    <w:p w14:paraId="5FD6D29E" w14:textId="0DFA3B84" w:rsidR="003955CF" w:rsidRPr="00A352BF" w:rsidRDefault="003955CF" w:rsidP="001B62E9">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Individuals have a right under data protection legislation to request access to their own personal data (a Subject Access Request)</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>This can include CCTV images</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any Subject Access Requests should be forwarded to the Information Governance </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00A352BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>dataprotection@strath.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0764F521" w14:textId="2FEB826E" w:rsidR="00560B6A" w:rsidRPr="00A352BF" w:rsidRDefault="000317BA" w:rsidP="001B62E9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Third party requests</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DBA592E" w14:textId="3D3185EC" w:rsidR="00212100" w:rsidRPr="00A352BF" w:rsidRDefault="00212100">
+    <w:p w14:paraId="4DBA592E" w14:textId="27CC562A" w:rsidR="00212100" w:rsidRPr="00A352BF" w:rsidRDefault="00212100">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Requests for access to CCTV images may be made by third parties, including the police. </w:t>
       </w:r>
       <w:r w:rsidR="00B8246A" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Disclosure of recorded images to third parties will be controlled and consistent with the purpose for which the system was established.  Generally, requests will be made in writing citing the relevant legislation, often using a standard form.  Responding to such requests will require input from Security Services and may </w:t>
+        <w:t>Disclosure of recorded images to third parties will be controlled and consistent with the purpose for which the system was established</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>. Requests</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8246A" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be made in writing citing the relevant legislation, often using a standard form</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8246A" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Responding to such requests will require input from Security Services and may </w:t>
       </w:r>
       <w:r w:rsidR="003955CF" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">also </w:t>
       </w:r>
       <w:r w:rsidR="00B8246A" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>require input from colleagues in other areas of the University</w:t>
       </w:r>
       <w:r w:rsidR="003955CF" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, including the Information Governance Unit</w:t>
       </w:r>
-      <w:r w:rsidR="00B8246A" w:rsidRPr="00A352BF">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1023683B" w14:textId="4F450ACE" w:rsidR="00B8246A" w:rsidRPr="00A352BF" w:rsidRDefault="00212100" w:rsidP="000317BA">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>If a</w:t>
       </w:r>
       <w:r w:rsidR="000574F6" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ny type of request from a third party in relation to CCTV is received, then this will be dealt with on a </w:t>
       </w:r>
       <w:r w:rsidR="00A46EB7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>case-by-case</w:t>
       </w:r>
       <w:r w:rsidR="000574F6" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> basis, in line with this policy and any other applicable legislation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340A6D94" w14:textId="2C600FA3" w:rsidR="00B8246A" w:rsidRPr="00A352BF" w:rsidRDefault="00B8246A" w:rsidP="00B8246A">
+    <w:p w14:paraId="340A6D94" w14:textId="08F2BB7D" w:rsidR="00B8246A" w:rsidRPr="00A352BF" w:rsidRDefault="00B8246A" w:rsidP="00B8246A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Where the request </w:t>
       </w:r>
       <w:r w:rsidR="00A46EB7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> an ‘emergency’ and ‘time is of the essence’ the relevant member of Security Services staff will judge </w:t>
       </w:r>
       <w:r w:rsidR="00A46EB7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>whether</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to provide the information without the submission of an appropriate form</w:t>
       </w:r>
       <w:r w:rsidR="00DB4939" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in advance/at the time of the request</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A352BF">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> ‘exceptional’ and not the University’s standard practice, by either staff or law enforcement agencies.</w:t>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Providing access to images to the police without a completed standard form should </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‘exceptional’ and not the University’s standard practice, by either staff or law enforcement agencies</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00DB4939" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  It is recommended that even where disclosure is made without submission of a form in advance, that one is submitted subsequently. </w:t>
+        <w:t xml:space="preserve">It is recommended that even where disclosure is made without submission of a form in advance, that one is submitted subsequently. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47FD4FDD" w14:textId="02D35EF3" w:rsidR="000317BA" w:rsidRPr="00A352BF" w:rsidRDefault="000317BA" w:rsidP="00D26158">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Legal obligations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FC4B409" w14:textId="61D4F9DC" w:rsidR="000317BA" w:rsidRPr="00A352BF" w:rsidRDefault="000317BA" w:rsidP="00D26158">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -3514,110 +3930,138 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Other third</w:t>
       </w:r>
       <w:r w:rsidR="00CC32BD" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>party requests</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28860405" w14:textId="2D0A2952" w:rsidR="00EA6289" w:rsidRPr="00A352BF" w:rsidRDefault="000317BA" w:rsidP="00D26158">
+    <w:p w14:paraId="28860405" w14:textId="73A26AEB" w:rsidR="00EA6289" w:rsidRPr="00A352BF" w:rsidRDefault="000317BA" w:rsidP="00D26158">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Any other third</w:t>
       </w:r>
       <w:r w:rsidR="00CC32BD" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>party requests for access to CCTV will be considered and assessed in line with the purposes for which the images were recorded.  Where the disclosure is for a purpose other than those stated in this policy and where there is no legal obligation for the University to provide the information e.g. insurance claims</w:t>
+        <w:t>party requests for access to CCTV will be considered and assessed in line with the purposes for which the images were recorded</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where the disclosure is for a purpose other than those stated in this policy and where there is no legal obligation for the University to provide the information </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> insurance claims</w:t>
       </w:r>
       <w:r w:rsidR="00B8246A" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, disclosure is</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> at the discretion of the University. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71BC2953" w14:textId="77777777" w:rsidR="006D29F2" w:rsidRPr="00C012AE" w:rsidRDefault="006D29F2" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C012AE">
         <w:t>Retention and Disposal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E189304" w14:textId="5D23B0EB" w:rsidR="008348D8" w:rsidRDefault="00A4165E" w:rsidP="008348D8">
+    <w:p w14:paraId="7E189304" w14:textId="5CBACF8F" w:rsidR="008348D8" w:rsidRDefault="00A4165E" w:rsidP="008348D8">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">In general, </w:t>
       </w:r>
       <w:r w:rsidR="00CC32BD" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">recorded </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">CCTV </w:t>
       </w:r>
@@ -3629,157 +4073,157 @@
       </w:r>
       <w:r w:rsidR="008348D8" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> automatically delete</w:t>
       </w:r>
       <w:r w:rsidR="00CC32BD" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="008348D8" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC32BD" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>after 14 days</w:t>
       </w:r>
-      <w:r w:rsidR="001224D3" w:rsidRPr="00A352BF">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00CC32BD" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Some project-specific CCTV data is routinely retained for 30 days.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2619188A" w14:textId="7AF65CE1" w:rsidR="008348D8" w:rsidRPr="00A352BF" w:rsidRDefault="008348D8" w:rsidP="008348D8">
+        <w:t>Some project-specific CCTV data is routinely retained for 30 days</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2619188A" w14:textId="3C937069" w:rsidR="008348D8" w:rsidRPr="00A352BF" w:rsidRDefault="008348D8" w:rsidP="008348D8">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Where an incident has led to or is </w:t>
       </w:r>
       <w:r w:rsidR="00A4165E" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">considered </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">likely to lead to further investigation, </w:t>
       </w:r>
       <w:r w:rsidR="00A4165E" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>either internally or externally</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, relevant images will be </w:t>
       </w:r>
       <w:r w:rsidR="00A4165E" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>downloaded</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A352BF">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00936D54" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>In normal circumstances c</w:t>
       </w:r>
       <w:r w:rsidR="00A4165E" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">opies will be </w:t>
       </w:r>
       <w:r w:rsidR="001224D3" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>erased after</w:t>
       </w:r>
       <w:r w:rsidR="00A4165E" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 months</w:t>
       </w:r>
       <w:r w:rsidR="001224D3" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> if no further request is made for them,</w:t>
       </w:r>
       <w:r w:rsidR="00A4165E" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> from the date of download.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D16ADE9" w14:textId="72067A83" w:rsidR="006D29F2" w:rsidRDefault="00A4165E" w:rsidP="006D29F2">
+    <w:p w14:paraId="0D16ADE9" w14:textId="4BEBF9D2" w:rsidR="006D29F2" w:rsidRDefault="00A4165E" w:rsidP="006D29F2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Any i</w:t>
       </w:r>
       <w:r w:rsidR="006D29F2" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">mages </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
@@ -3798,68 +4242,74 @@
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">system </w:t>
       </w:r>
       <w:r w:rsidR="00CC32BD" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="001224D3" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> be stored securely </w:t>
       </w:r>
       <w:r w:rsidR="00CC32BD" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">until deleted.  </w:t>
-[...16 lines deleted...]
-      <w:r w:rsidR="006D29F2" w:rsidRPr="00794F48">
+        <w:t>until deleted</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Images must be securely disposed of, irrespective of the media on which they are stored</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="034A6256" w14:textId="77777777" w:rsidR="002175CA" w:rsidRPr="00FA4518" w:rsidRDefault="002175CA" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="80"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:b/>
           <w:vanish/>
           <w:color w:val="DDDDDD"/>
           <w:spacing w:val="20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -3959,51 +4409,51 @@
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="787594E8" w14:textId="77777777" w:rsidR="005F3317" w:rsidRPr="001C4065" w:rsidRDefault="005F3317" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:bookmarkStart w:id="17" w:name="_Toc25333121"/>
       <w:r w:rsidR="002175CA" w:rsidRPr="001C4065">
         <w:t>Data Protection</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="002175CA" w:rsidRPr="001C4065">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D1F04A6" w14:textId="17E2DEBE" w:rsidR="00CC5B67" w:rsidRPr="00A352BF" w:rsidRDefault="00CC32BD" w:rsidP="00EA3F3B">
+    <w:p w14:paraId="3D1F04A6" w14:textId="4647FB4D" w:rsidR="00CC5B67" w:rsidRPr="00A352BF" w:rsidRDefault="00CC32BD" w:rsidP="00EA3F3B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Under data protection legislation, t</w:t>
       </w:r>
       <w:r w:rsidR="002175CA" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">he University is </w:t>
       </w:r>
       <w:r w:rsidR="00E83588" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -4037,56 +4487,56 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">CCTV </w:t>
       </w:r>
       <w:r w:rsidR="008348D8" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">equipment </w:t>
       </w:r>
       <w:r w:rsidR="00190A72">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">managed by or on behalf of </w:t>
       </w:r>
       <w:r w:rsidR="002175CA" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the University</w:t>
       </w:r>
-      <w:r w:rsidR="00BD3B96" w:rsidRPr="00A352BF">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>The University</w:t>
       </w:r>
       <w:r w:rsidR="00BD3B96" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> is</w:t>
       </w:r>
       <w:r w:rsidR="00E83588" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> therefore responsible for ensuring that </w:t>
       </w:r>
       <w:r w:rsidR="00BD3B96" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
@@ -4228,51 +4678,51 @@
       <w:bookmarkStart w:id="21" w:name="_Toc25333122"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="371F730B" w14:textId="7B01632B" w:rsidR="00141822" w:rsidRPr="00A352BF" w:rsidRDefault="00141822" w:rsidP="00974346">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="200" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="576" w:hanging="576"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1224F4FB" w14:textId="028885AB" w:rsidR="002175CA" w:rsidRPr="00A352BF" w:rsidRDefault="002447F0" w:rsidP="00EA3F3B">
+    <w:p w14:paraId="1224F4FB" w14:textId="33D8A1D0" w:rsidR="002175CA" w:rsidRPr="00A352BF" w:rsidRDefault="002447F0" w:rsidP="00EA3F3B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Under data protection legislation</w:t>
       </w:r>
       <w:r w:rsidR="00526B78" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -4297,169 +4747,197 @@
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> rights, including the right to request</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002175CA" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">access </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">to their own personal data.  </w:t>
+        <w:t>to their own personal data</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002175CA" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>The Information Governance Unit</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (IGU)</w:t>
       </w:r>
       <w:r w:rsidR="002175CA" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> will process any </w:t>
       </w:r>
       <w:r w:rsidR="00526B78" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>subject rights request, including requests relating to CCTV</w:t>
       </w:r>
       <w:r w:rsidR="002175CA" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> footage</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002175CA" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in conjunction with Security Services.  </w:t>
+        <w:t xml:space="preserve"> in conjunction with Security Services</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ED7012C" w14:textId="2403D1F9" w:rsidR="002175CA" w:rsidRPr="001C4065" w:rsidRDefault="002175CA" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc25333125"/>
       <w:r w:rsidRPr="001C4065">
         <w:t>Compliance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidRPr="001C4065">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69975CC3" w14:textId="27F36F5F" w:rsidR="002175CA" w:rsidRPr="00A352BF" w:rsidRDefault="002175CA" w:rsidP="0082647F">
+    <w:p w14:paraId="69975CC3" w14:textId="4653D0EC" w:rsidR="002175CA" w:rsidRPr="00A352BF" w:rsidRDefault="002175CA" w:rsidP="0082647F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Hlk164680931"/>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">All staff dealing with CCTV equipment and recordings should be aware </w:t>
       </w:r>
       <w:r w:rsidR="00CC5B67" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="008D6AD7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">this </w:t>
       </w:r>
       <w:r w:rsidR="00936D54" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">CCTV Policy </w:t>
       </w:r>
       <w:r w:rsidR="008D6AD7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and any other relevant </w:t>
       </w:r>
       <w:r w:rsidR="00CC5B67" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>policies, procedures, guidance and c</w:t>
+        <w:t xml:space="preserve">policies, procedures, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>guidance,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5B67" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and c</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>odes of practice</w:t>
       </w:r>
       <w:r w:rsidR="002447F0" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
       <w:r w:rsidR="00CC5B67" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
@@ -4467,284 +4945,340 @@
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ddition</w:t>
       </w:r>
       <w:r w:rsidR="002447F0" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> these staff members should receive appropriate training to ensure they are aware of the correct operation of the system and handling of personal data. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ECE8A4A" w14:textId="6E939077" w:rsidR="002175CA" w:rsidRPr="00A352BF" w:rsidRDefault="002175CA" w:rsidP="0082647F">
+    <w:p w14:paraId="6ECE8A4A" w14:textId="40AE333A" w:rsidR="002175CA" w:rsidRPr="00A352BF" w:rsidRDefault="002175CA" w:rsidP="0082647F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Any misuse of information obtained from a video recording</w:t>
       </w:r>
       <w:r w:rsidR="00526B78" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is a serious issue and may result in disciplinary action being taken against the member of staff involved.  It </w:t>
+        <w:t xml:space="preserve"> is a serious issue and may result in disciplinary action being taken against the </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>members</w:t>
+      </w:r>
+      <w:r w:rsidR="00526B78" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of staff involved</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00526B78" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It </w:t>
       </w:r>
       <w:r w:rsidR="00D257ED" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">may </w:t>
       </w:r>
       <w:r w:rsidR="00526B78" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">also </w:t>
       </w:r>
       <w:r w:rsidR="00D257ED" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a breach of </w:t>
       </w:r>
       <w:r w:rsidR="00242D06" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>data protection legislation</w:t>
       </w:r>
       <w:r w:rsidR="00526B78" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00D257ED" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">could also be a criminal offence. </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>could also be a criminal offence</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63CF144C" w14:textId="2B116DAB" w:rsidR="002175CA" w:rsidRPr="00390A49" w:rsidRDefault="00D257ED" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc326849290"/>
       <w:bookmarkStart w:id="25" w:name="_Toc327274328"/>
       <w:bookmarkStart w:id="26" w:name="_Toc326849291"/>
       <w:bookmarkStart w:id="27" w:name="_Toc327274329"/>
       <w:bookmarkStart w:id="28" w:name="_Toc25333126"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t xml:space="preserve">Policy </w:t>
       </w:r>
       <w:r w:rsidR="002175CA" w:rsidRPr="00390A49">
         <w:t>Review</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="1A4A8CD7" w14:textId="30AC5B73" w:rsidR="002175CA" w:rsidRPr="00A352BF" w:rsidRDefault="00C87062" w:rsidP="005F3317">
+    <w:p w14:paraId="1A4A8CD7" w14:textId="17E8B26E" w:rsidR="002175CA" w:rsidRPr="00A352BF" w:rsidRDefault="00C87062" w:rsidP="005F3317">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>The Head of Security Services will ensure that a</w:t>
       </w:r>
       <w:r w:rsidR="002175CA" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> formal review of the University’s CCTV </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">system, including associated policies, procedures and </w:t>
       </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>documentation,</w:t>
+      </w:r>
       <w:r w:rsidR="002175CA" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">documentation </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidR="002175CA" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>carri</w:t>
       </w:r>
       <w:r w:rsidR="0082647F" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ed out </w:t>
       </w:r>
       <w:r w:rsidR="00362AD0" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>every three years or as otherwise required</w:t>
       </w:r>
-      <w:r w:rsidR="002175CA" w:rsidRPr="00A352BF">
-[...7 lines deleted...]
-    <w:p w14:paraId="3909D6CB" w14:textId="29F45C92" w:rsidR="005F3317" w:rsidRPr="00A352BF" w:rsidRDefault="00573B0C" w:rsidP="00C86679">
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3909D6CB" w14:textId="6D734254" w:rsidR="005F3317" w:rsidRPr="00A352BF" w:rsidRDefault="00573B0C" w:rsidP="00C86679">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">There will be </w:t>
       </w:r>
       <w:r w:rsidR="00A46EB7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>several</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> forms</w:t>
       </w:r>
       <w:r w:rsidR="008D6AD7" w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> associated with the</w:t>
       </w:r>
       <w:r w:rsidRPr="00A352BF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> management of CCTV.  These may be amended and updated independently to this </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">olicy, unless the change/amendment constitutes a change of this policy.  </w:t>
+        <w:t xml:space="preserve"> management of CCTV</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">These may be amended and updated independently to this </w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>policy unless</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the change/amendment constitutes a change of this policy</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6EA0" w:rsidRPr="00A352BF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4981F68C" w14:textId="49A3BA50" w:rsidR="005F3317" w:rsidRDefault="005F3317" w:rsidP="005F3317">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D96FBFC" w14:textId="77777777" w:rsidR="00845593" w:rsidRPr="00EE49BC" w:rsidRDefault="00845593" w:rsidP="003A0770">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:vanish/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -4872,51 +5406,51 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31A49ABD" w14:textId="77777777" w:rsidR="002175CA" w:rsidRDefault="002175CA"/>
   <w:p w14:paraId="12D11FB3" w14:textId="77777777" w:rsidR="002175CA" w:rsidRDefault="002175CA">
     <w:pPr>
       <w:pStyle w:val="FooterEven"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="00A9513E">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00A9513E">
@@ -6352,51 +6886,51 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1035732514">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="116223552">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="593905260">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="115"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="67585"/>
+    <o:shapedefaults v:ext="edit" spidmax="69633"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009714AE"/>
     <w:rsid w:val="000074CC"/>
     <w:rsid w:val="000120BE"/>
     <w:rsid w:val="0002082F"/>
     <w:rsid w:val="00026377"/>
     <w:rsid w:val="000317BA"/>
     <w:rsid w:val="00040731"/>
@@ -6408,50 +6942,51 @@
     <w:rsid w:val="00061A9C"/>
     <w:rsid w:val="000708D6"/>
     <w:rsid w:val="000A0B26"/>
     <w:rsid w:val="000C43FB"/>
     <w:rsid w:val="000D59E4"/>
     <w:rsid w:val="000F1B95"/>
     <w:rsid w:val="000F4E6D"/>
     <w:rsid w:val="000F710D"/>
     <w:rsid w:val="001119FA"/>
     <w:rsid w:val="00116492"/>
     <w:rsid w:val="001224D3"/>
     <w:rsid w:val="00125154"/>
     <w:rsid w:val="00141822"/>
     <w:rsid w:val="00141A5D"/>
     <w:rsid w:val="001532B3"/>
     <w:rsid w:val="00163ABD"/>
     <w:rsid w:val="0017656E"/>
     <w:rsid w:val="00185730"/>
     <w:rsid w:val="00190A72"/>
     <w:rsid w:val="001A5215"/>
     <w:rsid w:val="001A70FA"/>
     <w:rsid w:val="001B62E9"/>
     <w:rsid w:val="001B7C02"/>
     <w:rsid w:val="001B7D6C"/>
     <w:rsid w:val="001C4065"/>
+    <w:rsid w:val="001C6EA0"/>
     <w:rsid w:val="001C7D55"/>
     <w:rsid w:val="001D0673"/>
     <w:rsid w:val="001D3A66"/>
     <w:rsid w:val="001E04CA"/>
     <w:rsid w:val="001E19AE"/>
     <w:rsid w:val="001E24DE"/>
     <w:rsid w:val="001F6557"/>
     <w:rsid w:val="001F675F"/>
     <w:rsid w:val="001F6C2E"/>
     <w:rsid w:val="00212100"/>
     <w:rsid w:val="002170C0"/>
     <w:rsid w:val="002175CA"/>
     <w:rsid w:val="00222D43"/>
     <w:rsid w:val="00224D5B"/>
     <w:rsid w:val="002334A6"/>
     <w:rsid w:val="002375A3"/>
     <w:rsid w:val="0024293B"/>
     <w:rsid w:val="00242D06"/>
     <w:rsid w:val="002447F0"/>
     <w:rsid w:val="00276E5D"/>
     <w:rsid w:val="0028056A"/>
     <w:rsid w:val="002939C8"/>
     <w:rsid w:val="002A33BC"/>
     <w:rsid w:val="002B33FF"/>
     <w:rsid w:val="002B6846"/>
@@ -6648,91 +7183,92 @@
     <w:rsid w:val="00D223AD"/>
     <w:rsid w:val="00D2338A"/>
     <w:rsid w:val="00D24131"/>
     <w:rsid w:val="00D257ED"/>
     <w:rsid w:val="00D26158"/>
     <w:rsid w:val="00D42A15"/>
     <w:rsid w:val="00D43367"/>
     <w:rsid w:val="00D4600B"/>
     <w:rsid w:val="00D51ABC"/>
     <w:rsid w:val="00D654B3"/>
     <w:rsid w:val="00DA7CC3"/>
     <w:rsid w:val="00DB4939"/>
     <w:rsid w:val="00DB5976"/>
     <w:rsid w:val="00DC39D8"/>
     <w:rsid w:val="00DF1F87"/>
     <w:rsid w:val="00E0139F"/>
     <w:rsid w:val="00E02407"/>
     <w:rsid w:val="00E0523C"/>
     <w:rsid w:val="00E05BA1"/>
     <w:rsid w:val="00E34099"/>
     <w:rsid w:val="00E428F5"/>
     <w:rsid w:val="00E54787"/>
     <w:rsid w:val="00E56F18"/>
     <w:rsid w:val="00E64FF6"/>
     <w:rsid w:val="00E66DDE"/>
+    <w:rsid w:val="00E765AD"/>
     <w:rsid w:val="00E83588"/>
     <w:rsid w:val="00E92E5F"/>
     <w:rsid w:val="00EA3F3B"/>
     <w:rsid w:val="00EA6289"/>
     <w:rsid w:val="00EA7B3E"/>
     <w:rsid w:val="00EA7CBC"/>
     <w:rsid w:val="00EC3AE8"/>
     <w:rsid w:val="00EE49BC"/>
     <w:rsid w:val="00EF5C68"/>
     <w:rsid w:val="00F03294"/>
     <w:rsid w:val="00F2595D"/>
     <w:rsid w:val="00F25CC2"/>
     <w:rsid w:val="00F46780"/>
     <w:rsid w:val="00F5417B"/>
     <w:rsid w:val="00F73C8D"/>
     <w:rsid w:val="00F814F3"/>
     <w:rsid w:val="00FA4518"/>
     <w:rsid w:val="00FB4431"/>
     <w:rsid w:val="00FB7CA2"/>
     <w:rsid w:val="00FE0224"/>
     <w:rsid w:val="00FE3792"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="67585"/>
+    <o:shapedefaults v:ext="edit" spidmax="69633"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="064B3928"/>
   <w15:docId w15:val="{E2ABF481-4504-49FE-8FED-863E3E70DDDC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -8828,75 +9364,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C8C4302-46A3-46E2-A1CF-24F7B0CDFDFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TS101773070</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2040</Words>
-  <Characters>11476</Characters>
+  <Words>2035</Words>
+  <Characters>11433</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>26</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>215</Lines>
+  <Paragraphs>123</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CCTV – Code of Practice</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Strathclyde</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13490</CharactersWithSpaces>
+  <CharactersWithSpaces>13345</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CCTV – Code of Practice</dc:title>
   <dc:subject/>
   <dc:creator>Paul Smith</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC017730709991</vt:lpwstr>