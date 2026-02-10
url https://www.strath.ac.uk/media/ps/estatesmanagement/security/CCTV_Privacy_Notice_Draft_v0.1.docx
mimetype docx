--- v0 (2025-10-07)
+++ v1 (2026-02-10)
@@ -124,51 +124,50 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Privacy Notice</w:t>
             </w:r>
             <w:r w:rsidRPr="00527CAB">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527CAB" w:rsidRPr="00527CAB" w14:paraId="44E65752" w14:textId="77777777" w:rsidTr="00347CE5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64D5ED58" w14:textId="77777777" w:rsidR="00527CAB" w:rsidRPr="00527CAB" w:rsidRDefault="00527CAB" w:rsidP="00527CAB">
             <w:r w:rsidRPr="00527CAB">
               <w:t>This privacy notice explains how the University of Strathclyde will use your personal information and your rights under data protection legislation.   </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DFF4426" w14:textId="77777777" w:rsidR="00527CAB" w:rsidRPr="00527CAB" w:rsidRDefault="00527CAB" w:rsidP="00527CAB">
             <w:r w:rsidRPr="00527CAB">
               <w:t>It is important that you read this notice prior to providing your information. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527CAB" w:rsidRPr="00527CAB" w14:paraId="3FA1EBBF" w14:textId="77777777" w:rsidTr="00347CE5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -182,51 +181,50 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Who we are</w:t>
             </w:r>
             <w:r w:rsidRPr="00527CAB">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527CAB" w:rsidRPr="00527CAB" w14:paraId="49437A90" w14:textId="77777777" w:rsidTr="00347CE5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74DFD035" w14:textId="69A337C6" w:rsidR="00527CAB" w:rsidRPr="00527CAB" w:rsidRDefault="00527CAB" w:rsidP="00527CAB">
             <w:r w:rsidRPr="00527CAB">
               <w:t>The University of Strathclyde is the organisation responsible for your personal data in terms of data protection legislation (the data controller).  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527CAB" w:rsidRPr="00527CAB" w14:paraId="706864AA" w14:textId="77777777" w:rsidTr="00347CE5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:hideMark/>
           </w:tcPr>
@@ -235,56 +233,61 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Information we collect and use about you</w:t>
             </w:r>
             <w:r w:rsidRPr="00527CAB">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527CAB" w:rsidRPr="00527CAB" w14:paraId="7856663D" w14:textId="77777777" w:rsidTr="00347CE5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="111A3CE3" w14:textId="77777777" w:rsidR="00527CAB" w:rsidRDefault="009C382E" w:rsidP="00527CAB">
+          <w:p w14:paraId="111A3CE3" w14:textId="1226A602" w:rsidR="00527CAB" w:rsidRDefault="009C382E" w:rsidP="00527CAB">
             <w:r>
-              <w:t xml:space="preserve">The University operates CCTV on its main John Anderson campus and also any satellite locations for which we have responsibility for the CCTV system, e.g.: Power Network Distribution Centre; Advanced Forming Research Centre; and National Manufacturing Institute Scotland.  There are ‘streetscape’ cameras covering these locations as well as cameras within University buildings in both public and secure areas. </w:t>
+              <w:t xml:space="preserve">The University operates CCTV on its main John Anderson campus </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD510D">
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> any satellite locations for which we have responsibility for the CCTV system, e.g.: Power Network Distribution Centre; Advanced Forming Research Centre; and National Manufacturing Institute Scotland.  There are ‘streetscape’ cameras covering these locations as well as cameras within University buildings in both public and secure areas. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C25FC8D" w14:textId="61CEDBAD" w:rsidR="00DC00F3" w:rsidRPr="00527CAB" w:rsidRDefault="00DC00F3" w:rsidP="00527CAB">
             <w:r>
               <w:t xml:space="preserve">Cameras are controlled and monitored by University Security Services staff from a secure, restricted location.  This privacy notice does not cover </w:t>
             </w:r>
             <w:r w:rsidR="009A10DB">
               <w:t>use of</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> CCTV </w:t>
             </w:r>
             <w:r w:rsidR="009A10DB">
               <w:t xml:space="preserve">for any other purpose or within the </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Strath Union premises.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527CAB" w:rsidRPr="00527CAB" w14:paraId="1BF23C54" w14:textId="77777777" w:rsidTr="00347CE5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
@@ -305,51 +308,50 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Why we require this information and our lawful basis </w:t>
             </w:r>
             <w:r w:rsidRPr="00527CAB">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527CAB" w:rsidRPr="00527CAB" w14:paraId="202FEF43" w14:textId="77777777" w:rsidTr="00347CE5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1BFDA069" w14:textId="7431A7C2" w:rsidR="00D85B41" w:rsidRPr="00D85B41" w:rsidRDefault="00D85B41" w:rsidP="00D85B41">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00D85B41">
               <w:t xml:space="preserve">The CCTV system </w:t>
             </w:r>
             <w:r>
               <w:t>is used as set out in our CCTV policy and</w:t>
             </w:r>
             <w:r w:rsidRPr="00D85B41">
               <w:t xml:space="preserve"> to meet the following key objectives: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BFF9922" w14:textId="4F86900F" w:rsidR="00D85B41" w:rsidRPr="00D85B41" w:rsidRDefault="00D85B41" w:rsidP="00D85B41">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="180" w:line="264" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -520,64 +522,75 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Disclosing your information </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF1CAE">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527CAB" w:rsidRPr="00527CAB" w14:paraId="72960646" w14:textId="77777777" w:rsidTr="00347CE5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DBC5F8C" w14:textId="77777777" w:rsidR="00CF1CAE" w:rsidRDefault="00CF1CAE" w:rsidP="00CF1CAE">
+          <w:p w14:paraId="5DBC5F8C" w14:textId="7F3E17DC" w:rsidR="00CF1CAE" w:rsidRDefault="00CF1CAE" w:rsidP="00CF1CAE">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Images may be disclosed to third parties upon receipt of an official request and if the stated purpose aligns with one of those set out above.  Any request will be considered in line with applicable legislation and taking into account data protection considerations.  Most commonly requests are </w:t>
+              <w:t xml:space="preserve">Images may be disclosed to third parties upon receipt of an official request and if the stated purpose aligns with one of those set out above.  Any request will be considered in line with applicable legislation and </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD510D">
+              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>considering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> data protection considerations.  Most commonly requests are </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47E2BB92" w14:textId="275407CF" w:rsidR="00CF1CAE" w:rsidRPr="00CF1CAE" w:rsidRDefault="00CF1CAE" w:rsidP="00CF1CAE">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">received by the police but may also be received from other statutory authorities with the power to investigate, e.g. HRMC, councils, trading standards etc.  The University can also be required to disclose information under a court order. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00E52A57" w14:textId="4794F537" w:rsidR="00CF1CAE" w:rsidRPr="00CF1CAE" w:rsidRDefault="00CF1CAE" w:rsidP="00527CAB"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527CAB" w:rsidRPr="00527CAB" w14:paraId="163FF97C" w14:textId="77777777" w:rsidTr="00347CE5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -597,51 +610,50 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>How long your information is retained </w:t>
             </w:r>
             <w:r w:rsidRPr="00527CAB">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527CAB" w:rsidRPr="00527CAB" w14:paraId="183A0172" w14:textId="77777777" w:rsidTr="00347CE5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C5B5D5A" w14:textId="77777777" w:rsidR="00527CAB" w:rsidRDefault="00CF1CAE" w:rsidP="00527CAB">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF1CAE">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>DVR units are programmed to automatically delete any recorded video files which are older than 14 days.</w:t>
             </w:r>
             <w:r w:rsidRPr="00794F48">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F52D820" w14:textId="12D507D0" w:rsidR="00CF1CAE" w:rsidRPr="0012439A" w:rsidRDefault="00CF1CAE" w:rsidP="0012439A">
             <w:pPr>
@@ -703,51 +715,50 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Your rights </w:t>
             </w:r>
             <w:r w:rsidRPr="00527CAB">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527CAB" w:rsidRPr="00527CAB" w14:paraId="65270384" w14:textId="77777777" w:rsidTr="00347CE5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6DFB6AD3" w14:textId="77777777" w:rsidR="00347CE5" w:rsidRDefault="00527CAB" w:rsidP="00347CE5">
             <w:r w:rsidRPr="00527CAB">
               <w:t>Under data protection legislation, you have a number of rights* including the right to: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B4DAF75" w14:textId="77777777" w:rsidR="00347CE5" w:rsidRDefault="00527CAB" w:rsidP="00347CE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00527CAB">
               <w:t>withdraw consent, at any time, where that is the lawful basis of our processing; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AD95E47" w14:textId="77777777" w:rsidR="00347CE5" w:rsidRDefault="00527CAB" w:rsidP="00347CE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
@@ -868,51 +879,50 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Complaints</w:t>
             </w:r>
             <w:r w:rsidRPr="00527CAB">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527CAB" w:rsidRPr="00527CAB" w14:paraId="5671F617" w14:textId="77777777" w:rsidTr="00347CE5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9315" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73DDAD23" w14:textId="77777777" w:rsidR="00527CAB" w:rsidRPr="00527CAB" w:rsidRDefault="00527CAB" w:rsidP="00527CAB">
             <w:r w:rsidRPr="00527CAB">
               <w:t xml:space="preserve">If you wish to make a complaint about how we have handled your personal data, you can contact the Data Protection Officer at </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00527CAB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>dataprotection@strath.ac.uk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00527CAB">
               <w:t>.   </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A47FAEC" w14:textId="77777777" w:rsidR="00527CAB" w:rsidRPr="00527CAB" w:rsidRDefault="00527CAB" w:rsidP="00527CAB">
             <w:r w:rsidRPr="00527CAB">
               <w:t>If you are not satisfied with our response or believe we are not processing your personal data in accordance with the law, you also have the right to complain to the Information Commissioner’s Office (</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00527CAB">
                 <w:rPr>
@@ -992,51 +1002,51 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -1140,51 +1150,51 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5B45617A" w14:textId="77777777" w:rsidR="007520EA" w:rsidRDefault="007520EA" w:rsidP="00F5220C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="57C07FD4" w14:textId="77777777" w:rsidR="007520EA" w:rsidRDefault="007520EA" w:rsidP="00F5220C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="44925225" w14:textId="77777777" w:rsidR="006E0B69" w:rsidRDefault="00000000">
+  <w:p w14:paraId="44925225" w14:textId="77777777" w:rsidR="006E0B69" w:rsidRDefault="00FD510D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="4B6B2B2B">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
@@ -3297,51 +3307,51 @@
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1024209486">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1211378438">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2022200710">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1019506600">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="349451139">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1439325280">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -3447,66 +3457,68 @@
     <w:rsid w:val="00AE6929"/>
     <w:rsid w:val="00B014DE"/>
     <w:rsid w:val="00B056FD"/>
     <w:rsid w:val="00B17201"/>
     <w:rsid w:val="00B45FF7"/>
     <w:rsid w:val="00B56521"/>
     <w:rsid w:val="00B80851"/>
     <w:rsid w:val="00B928E7"/>
     <w:rsid w:val="00BA0F82"/>
     <w:rsid w:val="00BF5DCF"/>
     <w:rsid w:val="00C10392"/>
     <w:rsid w:val="00C22ACF"/>
     <w:rsid w:val="00C5144E"/>
     <w:rsid w:val="00C67110"/>
     <w:rsid w:val="00C7501F"/>
     <w:rsid w:val="00C867B8"/>
     <w:rsid w:val="00CA74E5"/>
     <w:rsid w:val="00CD1228"/>
     <w:rsid w:val="00CE0E80"/>
     <w:rsid w:val="00CF1CAE"/>
     <w:rsid w:val="00D85B41"/>
     <w:rsid w:val="00DC00F3"/>
     <w:rsid w:val="00E0182E"/>
     <w:rsid w:val="00E368DF"/>
     <w:rsid w:val="00E41662"/>
+    <w:rsid w:val="00E765AD"/>
     <w:rsid w:val="00E83C8D"/>
     <w:rsid w:val="00E974A8"/>
     <w:rsid w:val="00EA5C38"/>
     <w:rsid w:val="00EB2C86"/>
     <w:rsid w:val="00EF35FA"/>
     <w:rsid w:val="00F008D9"/>
     <w:rsid w:val="00F04A6F"/>
     <w:rsid w:val="00F30A03"/>
     <w:rsid w:val="00F5220C"/>
     <w:rsid w:val="00F62852"/>
     <w:rsid w:val="00F66E92"/>
     <w:rsid w:val="00F7764C"/>
     <w:rsid w:val="00FA17DD"/>
     <w:rsid w:val="00FA1A45"/>
     <w:rsid w:val="00FA6A75"/>
     <w:rsid w:val="00FD15F5"/>
+    <w:rsid w:val="00FD510D"/>
     <w:rsid w:val="00FF65CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -6605,59 +6617,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010003331050ADEE4545834989066FBCAF18" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f11c13cf5156a93e43dd5b42be9e88e3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c21afd64-1761-426e-bbcc-3f979c02d595" xmlns:ns3="baf7add7-e9c6-4ff6-9212-8b6db818cbf7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7ee61a2c8aaf80a93f655f7213809e39" ns2:_="" ns3:_="">
     <xsd:import namespace="c21afd64-1761-426e-bbcc-3f979c02d595"/>
     <xsd:import namespace="baf7add7-e9c6-4ff6-9212-8b6db818cbf7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c21afd64-1761-426e-bbcc-3f979c02d595" elementFormDefault="qualified">
@@ -6798,133 +6801,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95E02C9F-43C4-4EA8-AB50-9DE6FE4A64C0}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64C6E9D3-E2A0-4CA2-8947-63C43F17DE90}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c21afd64-1761-426e-bbcc-3f979c02d595"/>
     <ds:schemaRef ds:uri="baf7add7-e9c6-4ff6-9212-8b6db818cbf7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95E02C9F-43C4-4EA8-AB50-9DE6FE4A64C0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BE33E0C-25CF-4F73-BFC7-EFE9AC15AC4D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D77D84E3-E085-4A96-B0A0-FC4F74334682}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D77D84E3-E085-4A96-B0A0-FC4F74334682}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BE33E0C-25CF-4F73-BFC7-EFE9AC15AC4D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>711</Words>
-  <Characters>4054</Characters>
+  <Words>751</Words>
+  <Characters>4001</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>9</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>70</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Strathclyde</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4756</CharactersWithSpaces>
+  <CharactersWithSpaces>4705</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>IT Services</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010003331050ADEE4545834989066FBCAF18</vt:lpwstr>
   </property>
 </Properties>
 </file>