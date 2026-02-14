--- v0 (2025-10-07)
+++ v1 (2026-02-14)
@@ -1,93 +1,125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="045C6489" w14:textId="0B2F232F" w:rsidR="00C73242" w:rsidRPr="006E66A3" w:rsidRDefault="00C73242" w:rsidP="007F3D2D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E66A3">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Legitimate Interests Assessment Template</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A657B2C" w14:textId="47DC5E8E" w:rsidR="00C73242" w:rsidRPr="006E66A3" w:rsidRDefault="00C73242" w:rsidP="007F3D2D">
+    <w:p w14:paraId="2A657B2C" w14:textId="09C31CB0" w:rsidR="00C73242" w:rsidRPr="006E66A3" w:rsidRDefault="00C73242" w:rsidP="007F3D2D">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E66A3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>This legitimate interests assessment (LIA) template is designed to help you to decide whether or not the legitimate interests basis is likely to apply to your processing of personal data.</w:t>
+        <w:t xml:space="preserve">This legitimate </w:t>
+      </w:r>
+      <w:r w:rsidR="00000A5A" w:rsidRPr="006E66A3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>interest’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E66A3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assessment (LIA) template is designed to help you to decide </w:t>
+      </w:r>
+      <w:r w:rsidR="00000A5A" w:rsidRPr="006E66A3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>whether</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E66A3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the legitimate </w:t>
+      </w:r>
+      <w:r w:rsidR="00000A5A" w:rsidRPr="006E66A3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>interest’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E66A3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> basis is likely to apply to your processing of personal data.</w:t>
       </w:r>
       <w:r w:rsidR="004D3631">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  This template is based on the ICO guidance.  </w:t>
       </w:r>
       <w:r w:rsidRPr="006E66A3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please refer to the</w:t>
       </w:r>
       <w:r w:rsidR="004D3631">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="004D3631" w:rsidRPr="004D3631">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="20"/>
           </w:rPr>
@@ -473,154 +505,197 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="180" w:line="264" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E741B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>To prevent and respond to any incidents which may affect the safety and security of the University community and the University estate;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="103FB872" w14:textId="012ED557" w:rsidR="00CA63ED" w:rsidRPr="009E741B" w:rsidRDefault="00CA63ED" w:rsidP="00CA63ED">
+          <w:p w14:paraId="103FB872" w14:textId="001AAB81" w:rsidR="00CA63ED" w:rsidRPr="009E741B" w:rsidRDefault="00CA63ED" w:rsidP="00CA63ED">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="180" w:line="264" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E741B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>To assist in the management of University facilities/</w:t>
-[...1 lines deleted...]
-            <w:commentRangeStart w:id="0"/>
+              <w:t xml:space="preserve">To assist in the management of </w:t>
+            </w:r>
+            <w:r w:rsidR="00000A5A" w:rsidRPr="009E741B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>university</w:t>
+            </w:r>
             <w:r w:rsidRPr="009E741B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>estate</w:t>
-[...9 lines deleted...]
-              <w:commentReference w:id="0"/>
+              <w:t xml:space="preserve"> facilities/estate</w:t>
             </w:r>
             <w:r w:rsidR="009E741B" w:rsidRPr="009E741B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/assets, including car parking</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7793A6BB" w14:textId="77777777" w:rsidR="00CA63ED" w:rsidRPr="009E741B" w:rsidRDefault="00CA63ED" w:rsidP="00CA63ED">
+          <w:p w14:paraId="7793A6BB" w14:textId="0DD78BEA" w:rsidR="00CA63ED" w:rsidRPr="009E741B" w:rsidRDefault="00CA63ED" w:rsidP="00CA63ED">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="180" w:line="264" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E741B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>To assist with health and safety investigations;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="109027D6" w14:textId="77777777" w:rsidR="00CA63ED" w:rsidRPr="009E741B" w:rsidRDefault="00CA63ED" w:rsidP="00CA63ED">
+              <w:t xml:space="preserve">To assist with health and safety </w:t>
+            </w:r>
+            <w:r w:rsidR="00000A5A" w:rsidRPr="009E741B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>investigations.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="109027D6" w14:textId="52FC019F" w:rsidR="00CA63ED" w:rsidRPr="009E741B" w:rsidRDefault="00CA63ED" w:rsidP="00CA63ED">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="180" w:line="264" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E741B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">To investigate suspected breaches of University regulations/policies/procedures; </w:t>
+              <w:t xml:space="preserve">To investigate suspected breaches of </w:t>
+            </w:r>
+            <w:r w:rsidR="00000A5A" w:rsidRPr="009E741B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>university</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E741B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> regulations/policies/</w:t>
+            </w:r>
+            <w:r w:rsidR="00000A5A" w:rsidRPr="009E741B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>procedures.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E741B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44CEC738" w14:textId="35B23460" w:rsidR="009370A6" w:rsidRPr="00CA63ED" w:rsidRDefault="00CA63ED" w:rsidP="00CA63ED">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="180" w:line="264" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E741B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Defending the University in relation to any claims made against it, including employment tribunals.</w:t>
@@ -699,66 +774,82 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">There will also be benefits in relation to the other purposes stated above: it will enable the University to manage incidents, its facilities/estate, enable investigations where any issues/incidents have </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">occurred and/or there is reason to believe University policies, procedures, regulations or other legislation has been breached.  Also, there may be cases where the University is required to defend itself in respect of legal claims/processes.  Where CCTV footage relates to these claims/processes, then it will be used for these purposes (although this is not the main purpose of the system). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009370A6" w:rsidRPr="006E66A3" w14:paraId="4309A6C3" w14:textId="77777777" w:rsidTr="009370A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74B059FD" w14:textId="60C4DA8D" w:rsidR="009370A6" w:rsidRPr="006E66A3" w:rsidRDefault="009370A6" w:rsidP="009370A6">
+          <w:p w14:paraId="74B059FD" w14:textId="1E264053" w:rsidR="009370A6" w:rsidRPr="006E66A3" w:rsidRDefault="009370A6" w:rsidP="009370A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E66A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Do any third parties benefit from the processing?</w:t>
+              <w:t xml:space="preserve">Do any third </w:t>
+            </w:r>
+            <w:r w:rsidR="00000A5A" w:rsidRPr="006E66A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>parties’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E66A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> benefit from the processing?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C7942EF" w14:textId="3B9BEEBB" w:rsidR="009370A6" w:rsidRPr="006E66A3" w:rsidRDefault="00600CF3" w:rsidP="009370A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes, staff, students, contractors, visitors and members of the public benefit from having a more secure and safe campus. </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -868,127 +959,159 @@
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18420F34" w14:textId="3CA97645" w:rsidR="009370A6" w:rsidRPr="006E66A3" w:rsidRDefault="009370A6" w:rsidP="009370A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E66A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">What would the impact be if you couldn’t go ahead with the processing? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="394DFCAC" w14:textId="4C5EE43D" w:rsidR="009370A6" w:rsidRPr="006E66A3" w:rsidRDefault="004129C6" w:rsidP="009370A6">
+          <w:p w14:paraId="394DFCAC" w14:textId="0ADEEEE7" w:rsidR="009370A6" w:rsidRPr="006E66A3" w:rsidRDefault="004129C6" w:rsidP="009370A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Security would be diminished and it is likely to have a highly detrimental effect on the Uni community, who would feel less safe.  It may also increase the chance of crime which can have a huge impact on any victims and on the University.  </w:t>
+              <w:t xml:space="preserve">Security would be </w:t>
+            </w:r>
+            <w:r w:rsidR="00000A5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>diminished,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and it is likely to have a highly detrimental effect on the Uni community, who would feel less safe.  It may also increase the chance of crime which can have a huge impact on any victims and on the University.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009370A6" w:rsidRPr="006E66A3" w14:paraId="112A3110" w14:textId="77777777" w:rsidTr="009370A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="481B79E1" w14:textId="69EFC5F9" w:rsidR="009370A6" w:rsidRPr="006E66A3" w:rsidRDefault="009370A6" w:rsidP="009370A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E66A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Are you complying with any specific data protection rules that apply to your processing, e.g. (profiling requirements, or –</w:t>
             </w:r>
             <w:r w:rsidR="00540E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>privacy legislation)</w:t>
             </w:r>
             <w:r w:rsidRPr="006E66A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09222CA6" w14:textId="6BEFBC06" w:rsidR="004129C6" w:rsidRDefault="004129C6" w:rsidP="009370A6">
+          <w:p w14:paraId="09222CA6" w14:textId="2FE95832" w:rsidR="004129C6" w:rsidRDefault="004129C6" w:rsidP="009370A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Have conducted a DPIA as required in relation to high risk profiling i.e. due to monitoring publicly accessible places on a large scale. </w:t>
+              <w:t xml:space="preserve">Have conducted a DPIA as required in relation to </w:t>
+            </w:r>
+            <w:r w:rsidR="00000A5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>high-risk</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> profiling i.e. due to monitoring publicly accessible places on a large scale. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="611F847A" w14:textId="355E8E82" w:rsidR="009370A6" w:rsidRPr="006E66A3" w:rsidRDefault="004129C6" w:rsidP="009370A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">No other specific DP rules. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009370A6" w:rsidRPr="006E66A3" w14:paraId="5D1F2B31" w14:textId="77777777" w:rsidTr="009370A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
@@ -1174,65 +1297,81 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E66A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>You need to assess whether the processing is necessary for the purpose you have identified</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00434FB6" w:rsidRPr="006E66A3" w14:paraId="778D206A" w14:textId="77777777" w:rsidTr="00434FB6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75EB59EF" w14:textId="058B43CD" w:rsidR="00434FB6" w:rsidRPr="006E66A3" w:rsidRDefault="00434FB6" w:rsidP="009370A6">
-[...13 lines deleted...]
-              <w:t>Will the processing actually help you achieve your purpose?</w:t>
+          <w:p w14:paraId="75EB59EF" w14:textId="5D06A4CE" w:rsidR="00434FB6" w:rsidRPr="006E66A3" w:rsidRDefault="00434FB6" w:rsidP="009370A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E66A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Will the processing </w:t>
+            </w:r>
+            <w:r w:rsidR="00000A5A" w:rsidRPr="006E66A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>help</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E66A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you achieve your purpose?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60E62101" w14:textId="0D9C5215" w:rsidR="00434FB6" w:rsidRPr="006E66A3" w:rsidRDefault="004129C6" w:rsidP="009370A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1468,51 +1607,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00434FB6" w:rsidRPr="006E66A3" w14:paraId="2C74BE89" w14:textId="77777777" w:rsidTr="00704E4D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5762B9A9" w14:textId="77A65FE0" w:rsidR="00434FB6" w:rsidRPr="006E66A3" w:rsidRDefault="00434FB6" w:rsidP="00704E4D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E66A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Is it </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00540E4B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>special category data</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006E66A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or criminal offence data?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01797B1D" w14:textId="44D59B50" w:rsidR="00434FB6" w:rsidRPr="006E66A3" w:rsidRDefault="004129C6" w:rsidP="00704E4D">
@@ -2087,66 +2226,82 @@
           </w:tcPr>
           <w:p w14:paraId="0C78E6AD" w14:textId="07DA9317" w:rsidR="00434FB6" w:rsidRPr="006E66A3" w:rsidRDefault="0093284A" w:rsidP="00704E4D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00434FB6" w:rsidRPr="006E66A3" w14:paraId="29A67DC8" w14:textId="77777777" w:rsidTr="00704E4D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51E14685" w14:textId="5F8B2D4D" w:rsidR="00434FB6" w:rsidRPr="006E66A3" w:rsidRDefault="00434FB6" w:rsidP="00704E4D">
+          <w:p w14:paraId="51E14685" w14:textId="45850054" w:rsidR="00434FB6" w:rsidRPr="006E66A3" w:rsidRDefault="00434FB6" w:rsidP="00704E4D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E66A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Are there any other factors in the particular circumstances that mean they would or would not expect the processing?</w:t>
+              <w:t xml:space="preserve">Are there any other factors in the </w:t>
+            </w:r>
+            <w:r w:rsidR="00000A5A" w:rsidRPr="006E66A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>circumstances</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E66A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that mean they would or would not expect the processing?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A5B3FAC" w14:textId="0928B606" w:rsidR="00434FB6" w:rsidRPr="006E66A3" w:rsidRDefault="0093284A" w:rsidP="00704E4D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2523,67 +2678,85 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10024" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5FE8565A" w14:textId="2DC60CEB" w:rsidR="009E7DD0" w:rsidRPr="006E66A3" w:rsidRDefault="009E7DD0" w:rsidP="009370A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E66A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Part 4: Making the decision </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AE7A7B3" w14:textId="6C2C94B4" w:rsidR="009F206E" w:rsidRDefault="009E7DD0" w:rsidP="00B3193D">
+          <w:p w14:paraId="5AE7A7B3" w14:textId="031145F4" w:rsidR="009F206E" w:rsidRDefault="009E7DD0" w:rsidP="00B3193D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E66A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Use your answers to Parts 1, 2 and 3 to decide whether or not you believe you can apply the legitimate </w:t>
+              <w:t xml:space="preserve">Use your answers to Parts 1, 2 and 3 to decide </w:t>
+            </w:r>
+            <w:r w:rsidR="00000A5A" w:rsidRPr="006E66A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>whether</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E66A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you believe you can apply the legitimate </w:t>
             </w:r>
             <w:r w:rsidR="00956657" w:rsidRPr="006E66A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>interest’s</w:t>
             </w:r>
             <w:r w:rsidRPr="006E66A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> basis.   </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19D512A2" w14:textId="77777777" w:rsidR="009F206E" w:rsidRDefault="009F206E" w:rsidP="009F206E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -3018,85 +3191,103 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10024" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4B8C3DA7" w14:textId="77777777" w:rsidR="00293FF5" w:rsidRPr="006E66A3" w:rsidRDefault="00293FF5" w:rsidP="009370A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E66A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Outcome and decision</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3988ED40" w14:textId="77777777" w:rsidR="00293FF5" w:rsidRDefault="00293FF5" w:rsidP="009370A6">
+          <w:p w14:paraId="3988ED40" w14:textId="71FC15A3" w:rsidR="00293FF5" w:rsidRDefault="00293FF5" w:rsidP="009370A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E66A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Based on the information included in the assessment above and following the comments from the DPO</w:t>
             </w:r>
             <w:r w:rsidR="00B3193D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="006E66A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> you should indicate whether or not you are going to rely on legitimate interests as your lawful basis for processing.  </w:t>
+              <w:t xml:space="preserve"> you should indicate </w:t>
+            </w:r>
+            <w:r w:rsidR="00000A5A" w:rsidRPr="006E66A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>whether</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E66A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> you are going to rely on legitimate interests as your lawful basis for processing.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35F5B638" w14:textId="77777777" w:rsidR="00E65413" w:rsidRDefault="00B3193D" w:rsidP="00B3193D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NB the final decision should be made by a senior member of staff with responsibility for the project/processing.  They must sign this section (or otherwise indicate their authorisation)</w:t>
             </w:r>
             <w:r w:rsidR="00E65413">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -3260,51 +3451,51 @@
             <w:r w:rsidR="00540E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6879D1AB" w14:textId="3D7AD342" w:rsidR="00540E4B" w:rsidRPr="006E66A3" w:rsidRDefault="00540E4B" w:rsidP="009370A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">NB if not, you must ensure you can rely on another </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00540E4B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>lawful basis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="246D8648" w14:textId="77777777" w:rsidR="00293FF5" w:rsidRPr="006E66A3" w:rsidRDefault="00293FF5" w:rsidP="009370A6">
@@ -3436,95 +3627,62 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5012" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36762D0C" w14:textId="77777777" w:rsidR="00293FF5" w:rsidRPr="006E66A3" w:rsidRDefault="00293FF5" w:rsidP="009370A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0BBC4DF1" w14:textId="77777777" w:rsidR="00A11913" w:rsidRPr="006E66A3" w:rsidRDefault="00A11913" w:rsidP="009370A6">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A11913" w:rsidRPr="006E66A3" w:rsidSect="005D67F8">
-      <w:headerReference w:type="even" r:id="rId18"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId21"/>
+      <w:headerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1021" w:header="2835" w:footer="794" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...31 lines deleted...]
-</w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3B9A4A71" w14:textId="77777777" w:rsidR="00825756" w:rsidRDefault="00825756" w:rsidP="00F5220C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4BEC9932" w14:textId="77777777" w:rsidR="00825756" w:rsidRDefault="00825756" w:rsidP="00F5220C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
@@ -3550,51 +3708,51 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
@@ -3742,51 +3900,51 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="57B8C434" w14:textId="77777777" w:rsidR="00825756" w:rsidRDefault="00825756" w:rsidP="00F5220C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="092A9410" w14:textId="77777777" w:rsidR="00825756" w:rsidRDefault="00825756" w:rsidP="00F5220C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4F4B789C" w14:textId="77777777" w:rsidR="006E0B69" w:rsidRDefault="00956657">
+  <w:p w14:paraId="4F4B789C" w14:textId="77777777" w:rsidR="006E0B69" w:rsidRDefault="00000A5A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="28A09CCD">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
@@ -5545,87 +5703,81 @@
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1641884309">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1433739182">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1513031475">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2146924350">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1439790265">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2035495124">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1677919743">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2057"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F5220C"/>
+    <w:rsid w:val="00000A5A"/>
     <w:rsid w:val="00027076"/>
     <w:rsid w:val="000679B7"/>
     <w:rsid w:val="00082F37"/>
     <w:rsid w:val="000A0B0C"/>
     <w:rsid w:val="000E37C6"/>
     <w:rsid w:val="000F401D"/>
     <w:rsid w:val="0014718B"/>
     <w:rsid w:val="00147876"/>
     <w:rsid w:val="00176AC2"/>
     <w:rsid w:val="001905F6"/>
     <w:rsid w:val="00190F7B"/>
     <w:rsid w:val="001A2759"/>
     <w:rsid w:val="001D26E6"/>
     <w:rsid w:val="00207760"/>
     <w:rsid w:val="002303F6"/>
     <w:rsid w:val="00246542"/>
     <w:rsid w:val="0025672F"/>
     <w:rsid w:val="00264AEF"/>
     <w:rsid w:val="002809BB"/>
     <w:rsid w:val="00293FF5"/>
     <w:rsid w:val="002A796E"/>
     <w:rsid w:val="002C0B44"/>
     <w:rsid w:val="002C4561"/>
     <w:rsid w:val="002E4957"/>
     <w:rsid w:val="00321A5E"/>
@@ -5729,50 +5881,51 @@
     <w:rsid w:val="00B70284"/>
     <w:rsid w:val="00BA7EC0"/>
     <w:rsid w:val="00BC40E7"/>
     <w:rsid w:val="00BC7261"/>
     <w:rsid w:val="00BD116F"/>
     <w:rsid w:val="00BF36A7"/>
     <w:rsid w:val="00C73242"/>
     <w:rsid w:val="00C9437B"/>
     <w:rsid w:val="00CA63ED"/>
     <w:rsid w:val="00CB289F"/>
     <w:rsid w:val="00CB32DE"/>
     <w:rsid w:val="00CB5F6C"/>
     <w:rsid w:val="00CC2B42"/>
     <w:rsid w:val="00CC7BC9"/>
     <w:rsid w:val="00CD4AB4"/>
     <w:rsid w:val="00D11CC0"/>
     <w:rsid w:val="00D558C4"/>
     <w:rsid w:val="00D60491"/>
     <w:rsid w:val="00D72A74"/>
     <w:rsid w:val="00D77766"/>
     <w:rsid w:val="00D77993"/>
     <w:rsid w:val="00DA5268"/>
     <w:rsid w:val="00DB3F4A"/>
     <w:rsid w:val="00E60AD3"/>
     <w:rsid w:val="00E65413"/>
+    <w:rsid w:val="00E765AD"/>
     <w:rsid w:val="00E822A6"/>
     <w:rsid w:val="00EB2C86"/>
     <w:rsid w:val="00EC20C7"/>
     <w:rsid w:val="00F15CF7"/>
     <w:rsid w:val="00F5220C"/>
     <w:rsid w:val="00F66E92"/>
     <w:rsid w:val="00F85616"/>
     <w:rsid w:val="00F86D9B"/>
     <w:rsid w:val="00F970F1"/>
     <w:rsid w:val="00FA1A45"/>
     <w:rsid w:val="00FD0A35"/>
     <w:rsid w:val="00FD15F5"/>
     <w:rsid w:val="00FE6DFC"/>
     <w:rsid w:val="00FF0AA0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -6663,51 +6816,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2119173677">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="150"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/for-organisations/guide-to-data-protection/guide-to-the-general-data-protection-regulation-gdpr/lawful-basis-for-processing/legitimate-interests/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moss.strath.ac.uk/stratpolicy/infoman/Shared%20Documents/GDPR%20Guidance%20Note%20-%20Lawful%20Basis%20for%20Processing.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moss.strath.ac.uk/stratpolicy/infoman/SitePages/WhatisPersonalData.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moss.strath.ac.uk/stratpolicy/infoman/SitePages/WhatisPersonalData.aspx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/for-organisations/guide-to-data-protection/guide-to-the-general-data-protection-regulation-gdpr/lawful-basis-for-processing/legitimate-interests/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://moss.strath.ac.uk/stratpolicy/infoman/Shared%20Documents/GDPR%20Guidance%20Note%20-%20Lawful%20Basis%20for%20Processing.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -6984,102 +7137,63 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_dlc_DocId xmlns="d0cf8aa7-2854-4057-860d-6b146d200eb6">PTN7VDVDYU4D-485219256-2</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="d0cf8aa7-2854-4057-860d-6b146d200eb6">
+      <Url>https://moss.strath.ac.uk/stratpolicy/infoman/gdprguidancedocs/_layouts/15/DocIdRedir.aspx?ID=PTN7VDVDYU4D-485219256-2</Url>
+      <Description>PTN7VDVDYU4D-485219256-2</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...41 lines deleted...]
-</spe:Receivers>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010034CBC87954F83F49A36A40F9F5D3B47C" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="61ef2f7e7ff0efd3439a7789ac03d5ba">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d0cf8aa7-2854-4057-860d-6b146d200eb6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9d3dd638d84888565cf8f2bfecb99d35" ns2:_="">
     <xsd:import namespace="d0cf8aa7-2854-4057-860d-6b146d200eb6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d0cf8aa7-2854-4057-860d-6b146d200eb6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -7184,153 +7298,192 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACC05DC6-CF14-45F3-AC40-C2DBC1D17004}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F430A7C5-A951-44C3-9D47-E378D029219B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="d0cf8aa7-2854-4057-860d-6b146d200eb6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD792C27-6BDC-428E-9654-C4F80B1EBB64}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA1440F6-D9D8-4114-85DB-7B3B3D244617}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C8529A-912A-4CAE-8AB9-EB73C44AB680}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d0cf8aa7-2854-4057-860d-6b146d200eb6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA1440F6-D9D8-4114-85DB-7B3B3D244617}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD792C27-6BDC-428E-9654-C4F80B1EBB64}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F430A7C5-A951-44C3-9D47-E378D029219B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACC05DC6-CF14-45F3-AC40-C2DBC1D17004}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1488</Words>
-  <Characters>8488</Characters>
+  <Words>1597</Words>
+  <Characters>8341</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>260</Lines>
+  <Paragraphs>152</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Writing Privacy Notices v1.0</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Strathclyde</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9957</CharactersWithSpaces>
+  <CharactersWithSpaces>9786</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Writing Privacy Notices v1.0</dc:title>
   <dc:subject/>
   <dc:creator>IT Services</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010034CBC87954F83F49A36A40F9F5D3B47C</vt:lpwstr>